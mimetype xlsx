--- v0 (2025-12-12)
+++ v1 (2026-02-12)
@@ -1,2725 +1,2670 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/media/image13.jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/xl/media/image14.jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/xl/media/image15.png" ContentType="image/png"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/drawings/_rels/drawing1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E2C47298-EDE1-482F-B220-BC0406ADD8FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="Calc"/>
+  <workbookPr backupFile="false" showObjects="all" date1904="false"/>
+  <workbookProtection/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Lista del equipo" sheetId="1" r:id="rId1"/>
+    <sheet name="Lista del equipo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="RegiónDeTítuloDeColumna1..F8.1">'Lista del equipo'!$B$10</definedName>
-[...3 lines deleted...]
-    <definedName name="RegiónDeTítuloDeFila2..E16">#REF!</definedName>
+    <definedName function="false" hidden="false" name="RegiónDeTítuloDeColumna1..F8.1" vbProcedure="false">'Lista del equipo'!$B$9</definedName>
+    <definedName function="false" hidden="false" name="RegiónDeTítuloDeColumna2..G14.1" vbProcedure="false">#REF!</definedName>
+    <definedName function="false" hidden="false" name="RegiónDeTítuloDeColumna3..B17.1" vbProcedure="false">#REF!</definedName>
+    <definedName function="false" hidden="false" name="RegiónDeTítuloDeFila1..D4" vbProcedure="false">'Lista del equipo'!$B$6:$C$6</definedName>
+    <definedName function="false" hidden="false" name="RegiónDeTítuloDeFila2..E16" vbProcedure="false">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="0"/>
+  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
+  <extLst>
+    <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
+      <loext:extCalcPr stringRefSyntax="ExcelA1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="17">
   <si>
-    <t>TORNEO DE FÚTBOL DE EX ALUMNOS CNBA</t>
+    <t xml:space="preserve">TORNEO DE FÚTBOL DE EX ALUMNOS CNBA</t>
   </si>
   <si>
-    <t>PLANILLA DE PARTIDO</t>
+    <t xml:space="preserve">PLANILLA DE INSCRIPCIÓN</t>
   </si>
   <si>
     <t xml:space="preserve">NOMBRE DEL EQUIPO </t>
   </si>
   <si>
-    <t xml:space="preserve">AÑO/TEMPORADA </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CATEGORIA </t>
   </si>
   <si>
-    <t>#</t>
+    <t xml:space="preserve">NOMBRE DELEGADA/O</t>
   </si>
   <si>
-    <t>NOMBRE DEL DELEGADO</t>
+    <t xml:space="preserve">NÚMERO DE TELÉFONO</t>
   </si>
   <si>
-    <t>NÚMERO DE TELÉFONO</t>
+    <t xml:space="preserve">MAIL</t>
   </si>
   <si>
-    <t>MAIL</t>
+    <t xml:space="preserve">FIRMA</t>
   </si>
   <si>
-    <t>N.º</t>
+    <t xml:space="preserve">N.º</t>
   </si>
   <si>
-    <t>NOMBRES</t>
+    <r>
+      <rPr>
+        <b val="true"/>
+        <sz val="18"/>
+        <color rgb="FF000000"/>
+        <rFont val="Century Gothic"/>
+        <family val="0"/>
+      </rPr>
+      <t xml:space="preserve">APELLIDOS y </t>
+    </r>
+    <r>
+      <rPr>
+        <b val="true"/>
+        <sz val="18"/>
+        <color rgb="FF000000"/>
+        <rFont val="Source Serif Pro Semibold"/>
+        <family val="1"/>
+        <charset val="1"/>
+      </rPr>
+      <t xml:space="preserve">NOMBRES</t>
+    </r>
   </si>
   <si>
-    <t>APELLIDOS</t>
+    <t xml:space="preserve">DNI</t>
   </si>
   <si>
-    <t>DNI</t>
+    <t xml:space="preserve">FECHA DE NACIMIENTO</t>
   </si>
   <si>
-    <t>FECHA DE NACIMIENTO</t>
+    <t xml:space="preserve">AÑO DE EGRESO</t>
   </si>
   <si>
-    <t>AÑO DE EGRESO</t>
+    <t xml:space="preserve">OBRA SOCIAL</t>
   </si>
   <si>
-    <t>OBRA SOCIAL</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t xml:space="preserve">Los jugadores inscriptos declaran conocer las reglas y la autoridad del Comité de Disciplina, asì mismo declaran bajo juramento que antes de comenzar el Torneo se han realizado lo estudios mèdicos correspondientes y se encuentran en optimas condiciones fìsicas para realizar practicas deportivas y por ende participar del mencionado evento, como asì tambièn asumen todos los riesgos asociados con la participacion a esta competencia - TORNEO DE FUTBOL - </t>
+    <t xml:space="preserve">Los jugadores inscriptos declaran conocer las reglas y la autoridad del Comité de Disciplina; así mismo declaran bajo juramento que antes de comenzar el Torneo se han realizado lo estudios médicos correspondientes y se encuentran en óptimas condiciones físicas para realizar prácticas deportivas y por ende participar del mencionado evento, como así también asumen todos los riesgos asociados con la participación a esta competencia - TORNEO DE FUTBOL - </t>
   </si>
   <si>
-    <t>FIRMA Y ACLARACIÒN - DELEGADO:</t>
+    <t xml:space="preserve">FIRMA Y ACLARACIÓN – DELEGADA/O:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-[...3 lines deleted...]
-    <numFmt numFmtId="166" formatCode="d\-m\-yy"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="5">
+    <numFmt numFmtId="164" formatCode="General"/>
+    <numFmt numFmtId="165" formatCode="[&lt;=9999999]###\-####;\(###&quot;) &quot;###\-####"/>
+    <numFmt numFmtId="166" formatCode="#,##0"/>
+    <numFmt numFmtId="167" formatCode="dd\-mm\-yy"/>
+    <numFmt numFmtId="168" formatCode="d\-m\-yy"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="20">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Century Gothic"/>
-      <scheme val="minor"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="0"/>
+      <color rgb="FFFFFFFF"/>
       <name val="Century Gothic"/>
-      <scheme val="minor"/>
+      <family val="0"/>
+      <charset val="1"/>
     </font>
     <font>
-      <b/>
-      <u/>
+      <b val="true"/>
       <sz val="36"/>
       <color rgb="FF366092"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="32"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="20"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="20"/>
+      <color rgb="FF366092"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <color rgb="FF366092"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="20"/>
+      <color rgb="FF000000"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color rgb="FF366092"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <u val="single"/>
+      <sz val="20"/>
+      <color rgb="FF366092"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="18"/>
+      <color rgb="FF000000"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="18"/>
+      <color rgb="FF000000"/>
       <name val="Century Gothic"/>
-      <scheme val="minor"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color rgb="FF000000"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Century Gothic"/>
+      <color rgb="FF000000"/>
+      <name val="Source Serif Pro Semibold"/>
+      <family val="1"/>
+      <charset val="1"/>
     </font>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="24"/>
+      <color rgb="FF000000"/>
+      <name val="Source Sans Pro Semibold"/>
+      <family val="2"/>
+      <charset val="1"/>
     </font>
     <font>
-      <b/>
-[...31 lines deleted...]
-      <sz val="14"/>
+      <b val="true"/>
+      <sz val="20"/>
       <color rgb="FF000000"/>
-      <name val="&quot;docs-Century Gothic&quot;"/>
-[...28 lines deleted...]
-      <name val="Arial"/>
+      <name val="Source Sans Pro Semibold"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
+      <charset val="1"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF17365D"/>
-        <bgColor rgb="FF17365D"/>
+        <bgColor rgb="FF1F497D"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6D9F0"/>
+        <bgColor rgb="FFDBE5F1"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF0D47A1"/>
+        <bgColor rgb="FF1F497D"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDBE5F1"/>
         <bgColor rgb="FFC6D9F0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBE5F1"/>
-        <bgColor rgb="FFDBE5F1"/>
+        <fgColor rgb="FFA4C2F4"/>
+        <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFA4C2F4"/>
-[...6 lines deleted...]
-        <bgColor theme="8"/>
+        <fgColor rgb="FF4BACC6"/>
+        <bgColor rgb="FF339966"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="38">
-    <border>
+  <borders count="48">
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...2 lines deleted...]
-      </left>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
       <right/>
-      <top style="medium">
-[...1 lines deleted...]
-      </top>
+      <top style="double"/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
-      <top style="medium">
-[...1 lines deleted...]
-      </top>
+      <top style="double"/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...10 lines deleted...]
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="double"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
-      <right/>
-[...20 lines deleted...]
-      </left>
+      <right style="double"/>
+      <top style="double"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
       <right/>
       <top/>
-      <bottom style="medium">
-[...4 lines deleted...]
-    <border>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
-      <bottom style="medium">
-        <color rgb="FF000000"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="double"/>
+      <top style="double"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right/>
+      <top style="medium"/>
+      <bottom style="thin">
+        <color rgb="FF1F497D"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...1 lines deleted...]
-        <color rgb="FF000000"/>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="double"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right/>
+      <top style="medium"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="double"/>
+      <top style="medium"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="thin"/>
+      <top style="double"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin">
+        <color rgb="FF1F497D"/>
       </left>
-      <right/>
-[...18 lines deleted...]
-        <color rgb="FF000000"/>
+      <right style="thin">
+        <color rgb="FF1F497D"/>
       </right>
-      <top/>
-[...8 lines deleted...]
-      <top/>
+      <top style="double"/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...2 lines deleted...]
-      <top/>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin">
+        <color rgb="FF1F497D"/>
+      </left>
+      <right style="medium"/>
+      <top style="double"/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...2 lines deleted...]
-      <top/>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin">
+        <color rgb="FF1F497D"/>
+      </left>
+      <right style="double"/>
+      <top style="double"/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="thin">
+        <color rgb="FF1F497D"/>
+      </right>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left style="thin">
         <color rgb="FF1F497D"/>
       </left>
       <right/>
-      <top style="thin">
-[...55 lines deleted...]
-    <border>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left style="thin">
         <color rgb="FF1F497D"/>
       </left>
+      <right style="medium"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin">
+        <color rgb="FF1F497D"/>
+      </left>
+      <right style="double"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color rgb="FF1F497D"/>
       </right>
-      <top style="thin">
-[...14 lines deleted...]
-    <border>
+      <top style="medium"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left style="thin">
         <color rgb="FF1F497D"/>
       </left>
       <right/>
-      <top style="thin">
-[...51 lines deleted...]
-    <border>
+      <top style="medium"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="medium"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left style="thin">
         <color rgb="FF1F497D"/>
       </left>
+      <right style="medium"/>
+      <top style="medium"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin">
+        <color rgb="FF1F497D"/>
+      </left>
+      <right style="double"/>
+      <top style="medium"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="double"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="double"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
       <right/>
-      <top style="medium">
-[...7 lines deleted...]
-    <border>
+      <top style="double"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="double"/>
+      <top style="double"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="medium"/>
+      <top style="medium"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
-      <right style="thin">
-[...19 lines deleted...]
-      </top>
+      <right style="medium"/>
+      <top style="medium"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="medium"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="double"/>
+      <top style="medium"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="double"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="thin"/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
-      <right style="medium">
-[...25 lines deleted...]
-    <border>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="double"/>
+      <top style="thin"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
-      <right style="medium">
-[...16 lines deleted...]
-      </right>
+      <right/>
       <top/>
-      <bottom style="thin">
-[...42 lines deleted...]
-      </bottom>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="double"/>
+      <top style="double"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="double"/>
+      <right style="medium"/>
+      <top style="double"/>
+      <bottom style="double"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="double"/>
+      <top style="double"/>
+      <bottom style="double"/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  <cellStyleXfs count="20">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
-  <cellXfs count="63">
-[...187 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+  <cellXfs count="62">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="6" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="8" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="6" borderId="12" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="6" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="6" borderId="13" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="6" borderId="14" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="6" borderId="15" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="18" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="24" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="25" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="26" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="27" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="28" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="27" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="29" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="30" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="31" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="32" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="32" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="33" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="32" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="34" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="35" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="36" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="167" fontId="16" fillId="0" borderId="33" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="33" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="37" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="38" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="168" fontId="16" fillId="0" borderId="33" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="33" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="39" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="37" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="33" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="7" borderId="40" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="41" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="42" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="42" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="43" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="44" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="45" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="46" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="47" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Comma" xfId="15" builtinId="3"/>
+    <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
+    <cellStyle name="Currency" xfId="17" builtinId="4"/>
+    <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
+    <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
-  <dxfs count="2">
-[...30 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="FF000000"/>
+      <rgbColor rgb="FFFFFFFF"/>
+      <rgbColor rgb="FFFF0000"/>
+      <rgbColor rgb="FF00FF00"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008000"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FF808000"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FFC0C0C0"/>
+      <rgbColor rgb="FF808080"/>
+      <rgbColor rgb="FF9999FF"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FFFFFFCC"/>
+      <rgbColor rgb="FFDBE5F1"/>
+      <rgbColor rgb="FF660066"/>
+      <rgbColor rgb="FFFF8080"/>
+      <rgbColor rgb="FF0D47A1"/>
+      <rgbColor rgb="FFC6D9F0"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FF00CCFF"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FFCCFFCC"/>
+      <rgbColor rgb="FFFFFF99"/>
+      <rgbColor rgb="FFA4C2F4"/>
+      <rgbColor rgb="FFFF99CC"/>
+      <rgbColor rgb="FFCC99FF"/>
+      <rgbColor rgb="FFFFCC99"/>
+      <rgbColor rgb="FF3366FF"/>
+      <rgbColor rgb="FF4BACC6"/>
+      <rgbColor rgb="FF99CC00"/>
+      <rgbColor rgb="FFFFCC00"/>
+      <rgbColor rgb="FFFF9900"/>
+      <rgbColor rgb="FFFF6600"/>
+      <rgbColor rgb="FF366092"/>
+      <rgbColor rgb="FF969696"/>
+      <rgbColor rgb="FF17365D"/>
+      <rgbColor rgb="FF339966"/>
+      <rgbColor rgb="FF003300"/>
+      <rgbColor rgb="FF333300"/>
+      <rgbColor rgb="FF993300"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FF1F497D"/>
+      <rgbColor rgb="FF333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+</Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/>
+</Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:oneCellAnchor>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1323975</xdr:colOff>
+      <xdr:colOff>1187280</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>38100</xdr:rowOff>
+      <xdr:rowOff>68040</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="847725" cy="923925"/>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>2345400</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>615960</xdr:rowOff>
+    </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="image3.jpg" descr="C:\Documents and Settings\Marcos\Mis documentos\Descargas\logo exalumnos.jpg" title="Imagen">
-[...6 lines deleted...]
-        <xdr:cNvPicPr preferRelativeResize="0"/>
+        <xdr:cNvPr id="0" name="image3.jpg" descr="C:\Documents and Settings\Marcos\Mis documentos\Descargas\logo exalumnos.jpg"/>
+        <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
-[...2 lines deleted...]
-        </a:stretch>
+        <a:blip r:embed="rId1"/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1844280" y="790560"/>
+          <a:ext cx="1158120" cy="1262160"/>
+        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
+        <a:ln w="0">
+          <a:noFill/>
+        </a:ln>
       </xdr:spPr>
     </xdr:pic>
-    <xdr:clientData fLocksWithSheet="0"/>
-[...1 lines deleted...]
-  <xdr:oneCellAnchor>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>2971800</xdr:colOff>
+      <xdr:colOff>2640600</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>76200</xdr:rowOff>
+      <xdr:rowOff>106200</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="971550" cy="838200"/>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4320</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>591120</xdr:rowOff>
+    </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image2.jpg" descr="C:\Documents and Settings\Marcos\Mis documentos\Mis imágenes\escudo colegio.jpg" title="Imagen">
-[...6 lines deleted...]
-        <xdr:cNvPicPr preferRelativeResize="0"/>
+        <xdr:cNvPr id="1" name="image2.jpg" descr="C:\Documents and Settings\Marcos\Mis documentos\Mis imágenes\escudo colegio.jpg"/>
+        <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
-[...2 lines deleted...]
-        </a:stretch>
+        <a:blip r:embed="rId2"/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3297600" y="828720"/>
+          <a:ext cx="1390320" cy="1199160"/>
+        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
+        <a:ln w="0">
+          <a:noFill/>
+        </a:ln>
       </xdr:spPr>
     </xdr:pic>
-    <xdr:clientData fLocksWithSheet="0"/>
-[...1 lines deleted...]
-  <xdr:oneCellAnchor>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:colOff>95400</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>66675</xdr:rowOff>
+      <xdr:rowOff>66960</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="933450" cy="857250"/>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>915840</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>576360</xdr:rowOff>
+    </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="image1.png" descr="C:\Documents and Settings\Marcos\Mis documentos\Exalumnos\Escudo\escudo 7.PNG">
-[...6 lines deleted...]
-        <xdr:cNvPicPr preferRelativeResize="0"/>
+        <xdr:cNvPr id="2" name="image1.png" descr="C:\Documents and Settings\Marcos\Mis documentos\Exalumnos\Escudo\escudo 7.PNG"/>
+        <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print"/>
-[...2 lines deleted...]
-        </a:stretch>
+        <a:blip r:embed="rId3"/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
+        <a:xfrm>
+          <a:off x="240120" y="789480"/>
+          <a:ext cx="1332720" cy="1223640"/>
+        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
+        <a:ln w="0">
+          <a:noFill/>
+        </a:ln>
       </xdr:spPr>
     </xdr:pic>
-    <xdr:clientData fLocksWithSheet="0"/>
-  </xdr:oneCellAnchor>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table_1" displayName="Table_1" ref="B15:H37">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="B14:H34" headerRowCount="1" totalsRowCount="0" totalsRowShown="0">
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="N.º"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="OBRA SOCIAL"/>
+    <tableColumn id="1" name="N.º"/>
+    <tableColumn id="2" name="APELLIDOS y NOMBRES"/>
+    <tableColumn id="3" name="APELLIDOS"/>
+    <tableColumn id="4" name="DNI"/>
+    <tableColumn id="5" name="FECHA DE NACIMIENTO"/>
+    <tableColumn id="6" name="AÑO DE EGRESO"/>
+    <tableColumn id="7" name="OBRA SOCIAL"/>
   </tableColumns>
-  <tableStyleInfo name="Lista del equipo-style" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...196 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
     <tabColor rgb="FF366092"/>
-    <pageSetUpPr fitToPage="1"/>
+    <pageSetUpPr fitToPage="true"/>
   </sheetPr>
-  <dimension ref="B1:H1002"/>
+  <dimension ref="B1:I1048576"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="F12" sqref="F12:H12"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="65" zoomScaleNormal="65" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="S6" activeCellId="0" sqref="S6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="12.609375" defaultRowHeight="13.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="1.875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="27" width="9.875" customWidth="1"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="1.87"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="0" width="6.62"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="0" width="52.02"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="0" width="44.82"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="0" width="23.38"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="0" width="25.33"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="0" width="21.43"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="0" width="25.62"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="0" width="22.99"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="28" min="10" style="0" width="9.88"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="6.75" customHeight="1"/>
-    <row r="2" spans="2:8" ht="30" customHeight="1">
+    <row r="1" customFormat="false" ht="56.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="2" customFormat="false" ht="56.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="B2" s="1"/>
       <c r="C2" s="2"/>
-      <c r="D2" s="53" t="s">
+      <c r="D2" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="E2" s="54"/>
-[...15 lines deleted...]
-      <c r="B5" s="59" t="s">
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="4" t="n">
+        <v>2026</v>
+      </c>
+      <c r="I2" s="4"/>
+    </row>
+    <row r="3" customFormat="false" ht="68.85" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B3" s="5"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+    </row>
+    <row r="4" customFormat="false" ht="3.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="5" customFormat="false" ht="56.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B5" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="60"/>
-[...7 lines deleted...]
-      <c r="B6" s="36" t="s">
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="7"/>
+    </row>
+    <row r="6" customFormat="false" ht="56.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="37"/>
-[...7 lines deleted...]
-      <c r="B7" s="36" t="s">
+      <c r="C6" s="8"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+    </row>
+    <row r="7" customFormat="false" ht="56.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B7" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="37"/>
-[...9 lines deleted...]
-      <c r="B8" s="36" t="s">
+      <c r="C7" s="10"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="11"/>
+      <c r="F7" s="11"/>
+      <c r="G7" s="11"/>
+      <c r="H7" s="11"/>
+      <c r="I7" s="11"/>
+    </row>
+    <row r="8" customFormat="false" ht="20.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="9" customFormat="false" ht="56.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B9" s="12"/>
+      <c r="C9" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="C8" s="37"/>
-[...8 lines deleted...]
-      <c r="B10" s="5" t="s">
+      <c r="D9" s="13"/>
+      <c r="E9" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="6" t="s">
+      <c r="F9" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="D10" s="38" t="s">
+      <c r="G9" s="15"/>
+      <c r="H9" s="15"/>
+      <c r="I9" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="E10" s="39"/>
-      <c r="F10" s="38" t="s">
+    </row>
+    <row r="10" customFormat="false" ht="56.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B10" s="17" t="n">
+        <v>1</v>
+      </c>
+      <c r="C10" s="18"/>
+      <c r="D10" s="18"/>
+      <c r="E10" s="19"/>
+      <c r="F10" s="20"/>
+      <c r="G10" s="20"/>
+      <c r="H10" s="20"/>
+      <c r="I10" s="21"/>
+    </row>
+    <row r="11" customFormat="false" ht="56.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B11" s="17" t="n">
+        <v>2</v>
+      </c>
+      <c r="C11" s="18"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="19"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="22"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="23"/>
+    </row>
+    <row r="12" customFormat="false" ht="56.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B12" s="24" t="n">
+        <v>3</v>
+      </c>
+      <c r="C12" s="25"/>
+      <c r="D12" s="25"/>
+      <c r="E12" s="26"/>
+      <c r="F12" s="27"/>
+      <c r="G12" s="27"/>
+      <c r="H12" s="27"/>
+      <c r="I12" s="28"/>
+    </row>
+    <row r="13" customFormat="false" ht="21.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="14" customFormat="false" ht="51.3" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B14" s="29" t="s">
         <v>8</v>
       </c>
-      <c r="G10" s="47"/>
-[...3 lines deleted...]
-      <c r="B11" s="7">
+      <c r="C14" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="30"/>
+      <c r="E14" s="31" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="33" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="34" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B15" s="35" t="n">
         <v>1</v>
       </c>
-      <c r="C11" s="8"/>
-[...7 lines deleted...]
-      <c r="B12" s="7">
+      <c r="C15" s="36"/>
+      <c r="D15" s="36"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" s="39"/>
+      <c r="H15" s="40"/>
+      <c r="I15" s="41"/>
+    </row>
+    <row r="16" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B16" s="42" t="n">
         <v>2</v>
       </c>
-      <c r="C12" s="8"/>
-[...7 lines deleted...]
-      <c r="B13" s="7">
+      <c r="C16" s="43"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="44"/>
+      <c r="F16" s="45"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="39"/>
+      <c r="I16" s="47"/>
+    </row>
+    <row r="17" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B17" s="42" t="n">
         <v>3</v>
       </c>
-      <c r="C13" s="8"/>
-[...8 lines deleted...]
-      <c r="B15" s="9" t="s">
+      <c r="C17" s="43"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="48"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="39"/>
+      <c r="H17" s="39"/>
+      <c r="I17" s="47"/>
+    </row>
+    <row r="18" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B18" s="42" t="n">
+        <v>4</v>
+      </c>
+      <c r="C18" s="43"/>
+      <c r="D18" s="43"/>
+      <c r="E18" s="48"/>
+      <c r="F18" s="45"/>
+      <c r="G18" s="39"/>
+      <c r="H18" s="39"/>
+      <c r="I18" s="47"/>
+    </row>
+    <row r="19" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B19" s="42" t="n">
+        <v>5</v>
+      </c>
+      <c r="C19" s="43"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="44"/>
+      <c r="F19" s="45"/>
+      <c r="G19" s="39"/>
+      <c r="H19" s="39"/>
+      <c r="I19" s="47"/>
+    </row>
+    <row r="20" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B20" s="42" t="n">
+        <v>6</v>
+      </c>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="44"/>
+      <c r="F20" s="45"/>
+      <c r="G20" s="39"/>
+      <c r="H20" s="39"/>
+      <c r="I20" s="47"/>
+    </row>
+    <row r="21" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B21" s="42" t="n">
+        <v>7</v>
+      </c>
+      <c r="C21" s="43"/>
+      <c r="D21" s="43"/>
+      <c r="E21" s="44"/>
+      <c r="F21" s="45"/>
+      <c r="G21" s="39"/>
+      <c r="H21" s="39"/>
+      <c r="I21" s="47"/>
+    </row>
+    <row r="22" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B22" s="42" t="n">
+        <v>8</v>
+      </c>
+      <c r="C22" s="43"/>
+      <c r="D22" s="43"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
+      <c r="G22" s="39"/>
+      <c r="H22" s="39"/>
+      <c r="I22" s="47"/>
+    </row>
+    <row r="23" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B23" s="42" t="n">
         <v>9</v>
       </c>
-      <c r="C15" s="10" t="s">
+      <c r="C23" s="43"/>
+      <c r="D23" s="43"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="39"/>
+      <c r="H23" s="39"/>
+      <c r="I23" s="47"/>
+    </row>
+    <row r="24" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B24" s="42" t="n">
         <v>10</v>
       </c>
-      <c r="D15" s="11" t="s">
+      <c r="C24" s="43"/>
+      <c r="D24" s="43"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="39"/>
+      <c r="H24" s="39"/>
+      <c r="I24" s="47"/>
+    </row>
+    <row r="25" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B25" s="42" t="n">
         <v>11</v>
       </c>
-      <c r="E15" s="11" t="s">
+      <c r="C25" s="43"/>
+      <c r="D25" s="43"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="39"/>
+      <c r="H25" s="39"/>
+      <c r="I25" s="47"/>
+    </row>
+    <row r="26" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B26" s="42" t="n">
         <v>12</v>
       </c>
-      <c r="F15" s="12" t="s">
+      <c r="C26" s="43"/>
+      <c r="D26" s="43"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="39"/>
+      <c r="H26" s="39"/>
+      <c r="I26" s="47"/>
+    </row>
+    <row r="27" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B27" s="42" t="n">
         <v>13</v>
       </c>
-      <c r="G15" s="11" t="s">
+      <c r="C27" s="43"/>
+      <c r="D27" s="43"/>
+      <c r="E27" s="45"/>
+      <c r="F27" s="45"/>
+      <c r="G27" s="39"/>
+      <c r="H27" s="39"/>
+      <c r="I27" s="47"/>
+    </row>
+    <row r="28" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B28" s="42" t="n">
         <v>14</v>
       </c>
-      <c r="H15" s="11" t="s">
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="45"/>
+      <c r="G28" s="39"/>
+      <c r="H28" s="39"/>
+      <c r="I28" s="47"/>
+    </row>
+    <row r="29" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B29" s="42" t="n">
         <v>15</v>
       </c>
-    </row>
-[...155 lines deleted...]
-      <c r="B30" s="19">
+      <c r="C29" s="43"/>
+      <c r="D29" s="43"/>
+      <c r="E29" s="49"/>
+      <c r="F29" s="49"/>
+      <c r="G29" s="39"/>
+      <c r="H29" s="39"/>
+      <c r="I29" s="47"/>
+    </row>
+    <row r="30" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B30" s="42" t="n">
+        <v>16</v>
+      </c>
+      <c r="C30" s="43"/>
+      <c r="D30" s="43"/>
+      <c r="E30" s="50"/>
+      <c r="F30" s="50"/>
+      <c r="G30" s="39"/>
+      <c r="H30" s="39"/>
+      <c r="I30" s="47"/>
+    </row>
+    <row r="31" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B31" s="42" t="n">
+        <v>17</v>
+      </c>
+      <c r="C31" s="43"/>
+      <c r="D31" s="43"/>
+      <c r="E31" s="49"/>
+      <c r="F31" s="49"/>
+      <c r="G31" s="39"/>
+      <c r="H31" s="39"/>
+      <c r="I31" s="47"/>
+    </row>
+    <row r="32" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B32" s="42" t="n">
+        <v>18</v>
+      </c>
+      <c r="C32" s="43"/>
+      <c r="D32" s="43"/>
+      <c r="E32" s="51"/>
+      <c r="F32" s="51"/>
+      <c r="G32" s="39"/>
+      <c r="H32" s="39"/>
+      <c r="I32" s="47"/>
+    </row>
+    <row r="33" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B33" s="42" t="n">
+        <v>19</v>
+      </c>
+      <c r="C33" s="43"/>
+      <c r="D33" s="43"/>
+      <c r="E33" s="52"/>
+      <c r="F33" s="52"/>
+      <c r="G33" s="39"/>
+      <c r="H33" s="39"/>
+      <c r="I33" s="47"/>
+    </row>
+    <row r="34" customFormat="false" ht="45.35" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B34" s="53" t="n">
+        <v>20</v>
+      </c>
+      <c r="C34" s="54"/>
+      <c r="D34" s="54"/>
+      <c r="E34" s="55"/>
+      <c r="F34" s="55"/>
+      <c r="G34" s="56"/>
+      <c r="H34" s="56"/>
+      <c r="I34" s="57"/>
+    </row>
+    <row r="35" customFormat="false" ht="37.85" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="C35" s="58"/>
+    </row>
+    <row r="36" customFormat="false" ht="154.95" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B36" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="C30" s="20"/>
-[...7 lines deleted...]
-      <c r="B31" s="19">
+      <c r="C36" s="59"/>
+      <c r="D36" s="59"/>
+      <c r="E36" s="59"/>
+      <c r="F36" s="59"/>
+      <c r="G36" s="59"/>
+      <c r="H36" s="59"/>
+      <c r="I36" s="59"/>
+    </row>
+    <row r="37" customFormat="false" ht="42.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="38" customFormat="false" ht="119.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B38" s="60" t="s">
         <v>16</v>
       </c>
-      <c r="C31" s="20"/>
-[...1054 lines deleted...]
-    <row r="1002" ht="30" customHeight="1"/>
+      <c r="C38" s="60"/>
+      <c r="D38" s="61"/>
+      <c r="E38" s="61"/>
+      <c r="F38" s="61"/>
+      <c r="G38" s="61"/>
+      <c r="H38" s="61"/>
+      <c r="I38" s="61"/>
+    </row>
+    <row r="39" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="40" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="41" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="42" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="43" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="44" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="45" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="46" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="47" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="48" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="49" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="50" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="51" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="52" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="53" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="54" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="55" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="56" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="57" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="58" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="59" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="60" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="61" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="62" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="63" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="64" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="65" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="66" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="67" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="68" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="69" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="70" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="71" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="72" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="73" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="74" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="75" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="76" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="77" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="78" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="79" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="80" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="81" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="82" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="83" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="84" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="85" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="86" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="87" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="88" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="89" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="90" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="91" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="92" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="93" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="94" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="95" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="96" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="97" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="98" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="99" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="100" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="101" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="102" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="103" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="104" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="105" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="106" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="107" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="108" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="109" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="110" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="111" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="112" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="113" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="114" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="115" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="116" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="117" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="118" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="119" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="120" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="121" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="122" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="123" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="124" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="125" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="126" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="127" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="128" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="129" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="130" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="131" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="132" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="133" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="134" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="135" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="136" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="137" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="138" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="139" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="140" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="141" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="142" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="143" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="144" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="145" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="146" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="147" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="148" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="149" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="150" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="151" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="152" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="153" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="154" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="155" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="156" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="157" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="158" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="159" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="160" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="161" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="162" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="163" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="164" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="165" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="166" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="167" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="168" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="169" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="170" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="171" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="172" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="173" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="174" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="175" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="176" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="177" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="178" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="179" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="180" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="181" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="182" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="183" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="184" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="185" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="186" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="187" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="188" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="189" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="190" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="191" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="192" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="193" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="194" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="195" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="196" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="197" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="198" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="199" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="200" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="201" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="202" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="203" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="204" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="205" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="206" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="207" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="208" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="209" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="210" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="211" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="212" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="213" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="214" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="215" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="216" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="217" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="218" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="219" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="220" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="221" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="222" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="223" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="224" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="225" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="226" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="227" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="228" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="229" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="230" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="231" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="232" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="233" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="234" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="235" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="236" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="237" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="238" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="239" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="240" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="241" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="242" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="243" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="244" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="245" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="246" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="247" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="248" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="249" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="250" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="251" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="252" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="253" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="254" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="255" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="256" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="257" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="258" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="259" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="260" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="261" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="262" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="263" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="264" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="265" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="266" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="267" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="268" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="269" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="270" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="271" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="272" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="273" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="274" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="275" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="276" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="277" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="278" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="279" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="280" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="281" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="282" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="283" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="284" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="285" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="286" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="287" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="288" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="289" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="290" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="291" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="292" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="293" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="294" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="295" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="296" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="297" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="298" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="299" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="300" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="301" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="302" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="303" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="304" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="305" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="306" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="307" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="308" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="309" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="310" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="311" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="312" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="313" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="314" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="315" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="316" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="317" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="318" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="319" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="320" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="321" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="322" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="323" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="324" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="325" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="326" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="327" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="328" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="329" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="330" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="331" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="332" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="333" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="334" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="335" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="336" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="337" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="338" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="339" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="340" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="341" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="342" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="343" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="344" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="345" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="346" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="347" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="348" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="349" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="350" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="351" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="352" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="353" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="354" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="355" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="356" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="357" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="358" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="359" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="360" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="361" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="362" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="363" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="364" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="365" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="366" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="367" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="368" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="369" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="370" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="371" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="372" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="373" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="374" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="375" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="376" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="377" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="378" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="379" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="380" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="381" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="382" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="383" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="384" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="385" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="386" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="387" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="388" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="389" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="390" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="391" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="392" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="393" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="394" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="395" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="396" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="397" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="398" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="399" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="400" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="401" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="402" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="403" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="404" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="405" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="406" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="407" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="408" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="409" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="410" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="411" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="412" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="413" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="414" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="415" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="416" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="417" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="418" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="419" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="420" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="421" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="422" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="423" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="424" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="425" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="426" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="427" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="428" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="429" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="430" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="431" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="432" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="433" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="434" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="435" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="436" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="437" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="438" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="439" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="440" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="441" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="442" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="443" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="444" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="445" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="446" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="447" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="448" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="449" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="450" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="451" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="452" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="453" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="454" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="455" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="456" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="457" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="458" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="459" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="460" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="461" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="462" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="463" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="464" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="465" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="466" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="467" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="468" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="469" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="470" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="471" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="472" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="473" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="474" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="475" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="476" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="477" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="478" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="479" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="480" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="481" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="482" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="483" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="484" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="485" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="486" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="487" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="488" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="489" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="490" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="491" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="492" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="493" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="494" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="495" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="496" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="497" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="498" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="499" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="500" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="501" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="502" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="503" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="504" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="505" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="506" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="507" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="508" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="509" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="510" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="511" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="512" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="513" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="514" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="515" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="516" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="517" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="518" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="519" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="520" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="521" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="522" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="523" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="524" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="525" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="526" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="527" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="528" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="529" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="530" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="531" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="532" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="533" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="534" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="535" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="536" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="537" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="538" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="539" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="540" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="541" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="542" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="543" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="544" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="545" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="546" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="547" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="548" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="549" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="550" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="551" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="552" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="553" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="554" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="555" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="556" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="557" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="558" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="559" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="560" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="561" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="562" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="563" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="564" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="565" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="566" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="567" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="568" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="569" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="570" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="571" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="572" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="573" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="574" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="575" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="576" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="577" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="578" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="579" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="580" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="581" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="582" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="583" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="584" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="585" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="586" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="587" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="588" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="589" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="590" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="591" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="592" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="593" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="594" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="595" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="596" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="597" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="598" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="599" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="600" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="601" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="602" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="603" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="604" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="605" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="606" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="607" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="608" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="609" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="610" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="611" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="612" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="613" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="614" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="615" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="616" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="617" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="618" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="619" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="620" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="621" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="622" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="623" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="624" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="625" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="626" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="627" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="628" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="629" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="630" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="631" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="632" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="633" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="634" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="635" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="636" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="637" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="638" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="639" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="640" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="641" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="642" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="643" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="644" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="645" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="646" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="647" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="648" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="649" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="650" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="651" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="652" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="653" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="654" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="655" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="656" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="657" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="658" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="659" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="660" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="661" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="662" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="663" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="664" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="665" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="666" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="667" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="668" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="669" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="670" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="671" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="672" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="673" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="674" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="675" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="676" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="677" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="678" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="679" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="680" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="681" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="682" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="683" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="684" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="685" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="686" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="687" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="688" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="689" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="690" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="691" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="692" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="693" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="694" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="695" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="696" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="697" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="698" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="699" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="700" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="701" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="702" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="703" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="704" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="705" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="706" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="707" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="708" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="709" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="710" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="711" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="712" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="713" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="714" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="715" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="716" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="717" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="718" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="719" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="720" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="721" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="722" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="723" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="724" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="725" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="726" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="727" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="728" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="729" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="730" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="731" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="732" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="733" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="734" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="735" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="736" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="737" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="738" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="739" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="740" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="741" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="742" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="743" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="744" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="745" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="746" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="747" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="748" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="749" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="750" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="751" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="752" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="753" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="754" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="755" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="756" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="757" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="758" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="759" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="760" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="761" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="762" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="763" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="764" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="765" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="766" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="767" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="768" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="769" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="770" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="771" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="772" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="773" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="774" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="775" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="776" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="777" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="778" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="779" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="780" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="781" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="782" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="783" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="784" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="785" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="786" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="787" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="788" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="789" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="790" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="791" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="792" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="793" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="794" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="795" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="796" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="797" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="798" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="799" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="800" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="801" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="802" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="803" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="804" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="805" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="806" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="807" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="808" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="809" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="810" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="811" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="812" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="813" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="814" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="815" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="816" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="817" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="818" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="819" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="820" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="821" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="822" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="823" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="824" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="825" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="826" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="827" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="828" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="829" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="830" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="831" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="832" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="833" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="834" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="835" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="836" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="837" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="838" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="839" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="840" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="841" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="842" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="843" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="844" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="845" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="846" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="847" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="848" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="849" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="850" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="851" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="852" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="853" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="854" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="855" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="856" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="857" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="858" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="859" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="860" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="861" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="862" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="863" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="864" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="865" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="866" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="867" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="868" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="869" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="870" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="871" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="872" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="873" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="874" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="875" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="876" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="877" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="878" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="879" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="880" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="881" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="882" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="883" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="884" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="885" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="886" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="887" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="888" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="889" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="890" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="891" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="892" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="893" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="894" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="895" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="896" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="897" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="898" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="899" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="900" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="901" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="902" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="903" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="904" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="905" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="906" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="907" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="908" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="909" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="910" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="911" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="912" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="913" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="914" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="915" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="916" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="917" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="918" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="919" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="920" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="921" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="922" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="923" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="924" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="925" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="926" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="927" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="928" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="929" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="930" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="931" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="932" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="933" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="934" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="935" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="936" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="937" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="938" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="939" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="940" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="941" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="942" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="943" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="944" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="945" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="946" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="947" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="948" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="949" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="950" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="951" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="952" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="953" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="954" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="955" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="956" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="957" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="958" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="959" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="960" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="961" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="962" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="963" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="964" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="965" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="966" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="967" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="968" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="969" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="970" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="971" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="972" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="973" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="974" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="975" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="976" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="977" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="978" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="979" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="980" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="981" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="982" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="983" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="984" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="985" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="986" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="987" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="988" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="989" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="990" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="991" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="992" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="993" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="994" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="995" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="996" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="997" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="998" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="999" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="1048574" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="1048575" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="1048576" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
   </sheetData>
-  <mergeCells count="19">
-[...1 lines deleted...]
-    <mergeCell ref="B5:H5"/>
+  <mergeCells count="39">
+    <mergeCell ref="D2:G3"/>
+    <mergeCell ref="H2:I3"/>
+    <mergeCell ref="B5:I5"/>
     <mergeCell ref="B6:C6"/>
-    <mergeCell ref="D6:H6"/>
+    <mergeCell ref="D6:I6"/>
     <mergeCell ref="B7:C7"/>
-    <mergeCell ref="D7:H7"/>
-[...6 lines deleted...]
-    <mergeCell ref="F13:H13"/>
+    <mergeCell ref="D7:I7"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="F9:H9"/>
+    <mergeCell ref="C10:D10"/>
     <mergeCell ref="F10:H10"/>
-    <mergeCell ref="D8:H8"/>
-[...1 lines deleted...]
-    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="C11:D11"/>
     <mergeCell ref="F11:H11"/>
+    <mergeCell ref="C12:D12"/>
     <mergeCell ref="F12:H12"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="B36:I36"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:I38"/>
   </mergeCells>
-  <printOptions horizontalCentered="1"/>
-[...4 lines deleted...]
-    <tablePart r:id="rId3"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="true" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
+  <drawing r:id="rId1"/>
+  <tableParts>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...27 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Template/>
+  <TotalTime></TotalTime>
+  <Application>LibreOffice/7.2.0.4$Windows_X86_64 LibreOffice_project/9a9c6381e3f7a62afc1329bd359cc48accb6435b</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator/>
+  <dc:description/>
+  <dc:language>es-AR</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
+  <dc:title/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>